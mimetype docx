--- v0 (2025-12-05)
+++ v1 (2026-02-15)
@@ -2244,61 +2244,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50485488" w14:textId="49687EB5" w:rsidR="00AA1C4C" w:rsidRPr="000D6A31" w:rsidRDefault="00AF1F0E" w:rsidP="006D0511">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk207023660"/>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>RE</w:t>
-[...9 lines deleted...]
-        <w:t>FERÊNCIAS</w:t>
+        <w:t>REFERÊNCIAS</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C" w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C" w:rsidRPr="00DE05DC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Times New Roman</w:t>
       </w:r>
@@ -4328,61 +4318,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0002504C" w:rsidRPr="00A6057E" w:rsidSect="00845733">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="426" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="223638F8" w14:textId="77777777" w:rsidR="001956AF" w:rsidRDefault="001956AF">
+    <w:p w14:paraId="60AAFE2F" w14:textId="77777777" w:rsidR="00957631" w:rsidRDefault="00957631">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10AA0030" w14:textId="77777777" w:rsidR="001956AF" w:rsidRDefault="001956AF">
+    <w:p w14:paraId="0AC147EB" w14:textId="77777777" w:rsidR="00957631" w:rsidRDefault="00957631">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4456,133 +4446,135 @@
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4A22FBD8" w14:textId="506904FE" w:rsidR="003F4530" w:rsidRDefault="003F4530" w:rsidP="003F4530">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C66DF75" w14:textId="18F2031C" w:rsidR="00726260" w:rsidRPr="003F4530" w:rsidRDefault="00922DA1" w:rsidP="003F4530">
+  <w:p w14:paraId="3C66DF75" w14:textId="6A0CC3E2" w:rsidR="00726260" w:rsidRPr="003F4530" w:rsidRDefault="00922DA1" w:rsidP="003F4530">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista da EMERJ</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2236-8957</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>7</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
+    <w:bookmarkStart w:id="9" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="003F4530">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003F4530" w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003F4530" w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -4605,51 +4597,51 @@
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="003F4530" w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4297138F" w14:textId="77777777" w:rsidR="0002504C" w:rsidRDefault="0002504C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="38D62D4A" w14:textId="70E14537" w:rsidR="0002504C" w:rsidRDefault="00CE089B" w:rsidP="00CE089B">
+  <w:p w14:paraId="38D62D4A" w14:textId="186658AE" w:rsidR="0002504C" w:rsidRDefault="00CE089B" w:rsidP="00CE089B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00922DA1" w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -4669,86 +4661,86 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidR="00922DA1" w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2236-8957</w:t>
     </w:r>
     <w:r w:rsidR="00922DA1">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00922DA1" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r w:rsidR="00922DA1">
-[...4 lines deleted...]
-      <w:t>7</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00922DA1" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00922DA1" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00922DA1" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00922DA1">
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00922DA1" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -5028,51 +5020,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="240A3EAC" w14:textId="68B7D5E7" w:rsidR="005C72D6" w:rsidRPr="00F53384" w:rsidRDefault="005C72D6" w:rsidP="00CB3592">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="35180929" w14:textId="46F1BC14" w:rsidR="00845733" w:rsidRPr="00866D1B" w:rsidRDefault="00CE089B" w:rsidP="00274772">
+  <w:p w14:paraId="35180929" w14:textId="106B4C05" w:rsidR="00845733" w:rsidRPr="00866D1B" w:rsidRDefault="00CE089B" w:rsidP="00274772">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="5387"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002652F6" w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -5093,86 +5085,86 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidR="002652F6" w:rsidRPr="002652F6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2236-8957</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r w:rsidR="002652F6">
-[...4 lines deleted...]
-      <w:t>7</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00064E7B">
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00BA0722">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00DC665D">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -5193,61 +5185,61 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42D3884C" w14:textId="77777777" w:rsidR="001956AF" w:rsidRDefault="001956AF">
+    <w:p w14:paraId="75B8EB2B" w14:textId="77777777" w:rsidR="00957631" w:rsidRDefault="00957631">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2724A234" w14:textId="77777777" w:rsidR="001956AF" w:rsidRDefault="001956AF">
+    <w:p w14:paraId="1D643862" w14:textId="77777777" w:rsidR="00957631" w:rsidRDefault="00957631">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="57531388" w14:textId="16D4384A" w:rsidR="005400E7" w:rsidRDefault="005400E7" w:rsidP="005400E7">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005400E7">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Titulações acadêmicas, começando pela mais elevada, vínculo acadêmico/profissional. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk157520386"/>
       <w:r w:rsidRPr="005400E7">
@@ -6387,73 +6379,75 @@
     <w:rsid w:val="00784779"/>
     <w:rsid w:val="00797A69"/>
     <w:rsid w:val="007B1FD3"/>
     <w:rsid w:val="007C3E4D"/>
     <w:rsid w:val="007C5B80"/>
     <w:rsid w:val="00821543"/>
     <w:rsid w:val="00821F6C"/>
     <w:rsid w:val="00826400"/>
     <w:rsid w:val="00845733"/>
     <w:rsid w:val="00846A5A"/>
     <w:rsid w:val="00866D1B"/>
     <w:rsid w:val="00874CFD"/>
     <w:rsid w:val="00880F01"/>
     <w:rsid w:val="008B09EA"/>
     <w:rsid w:val="008B72DB"/>
     <w:rsid w:val="008C13C2"/>
     <w:rsid w:val="008D6A37"/>
     <w:rsid w:val="008F7BAF"/>
     <w:rsid w:val="0090517A"/>
     <w:rsid w:val="009051DC"/>
     <w:rsid w:val="009168E2"/>
     <w:rsid w:val="00922DA1"/>
     <w:rsid w:val="009357C5"/>
     <w:rsid w:val="00935BFE"/>
     <w:rsid w:val="00940799"/>
+    <w:rsid w:val="00957631"/>
     <w:rsid w:val="00975CCE"/>
     <w:rsid w:val="00982E5B"/>
     <w:rsid w:val="00985AAA"/>
     <w:rsid w:val="009E04AC"/>
     <w:rsid w:val="00A06F0D"/>
     <w:rsid w:val="00A20B82"/>
     <w:rsid w:val="00A260A1"/>
     <w:rsid w:val="00A6057E"/>
     <w:rsid w:val="00A72CAB"/>
     <w:rsid w:val="00A96A0F"/>
     <w:rsid w:val="00AA1C4C"/>
     <w:rsid w:val="00AB7A2D"/>
     <w:rsid w:val="00AC5B5C"/>
     <w:rsid w:val="00AD6C1F"/>
     <w:rsid w:val="00AE3517"/>
     <w:rsid w:val="00AF1D4D"/>
     <w:rsid w:val="00AF1F0E"/>
     <w:rsid w:val="00AF424D"/>
     <w:rsid w:val="00B06408"/>
     <w:rsid w:val="00B333B4"/>
     <w:rsid w:val="00B5329A"/>
     <w:rsid w:val="00B65677"/>
     <w:rsid w:val="00B94F69"/>
+    <w:rsid w:val="00BA0722"/>
     <w:rsid w:val="00BA2B69"/>
     <w:rsid w:val="00BC6696"/>
     <w:rsid w:val="00BC7D04"/>
     <w:rsid w:val="00BD193A"/>
     <w:rsid w:val="00C269D1"/>
     <w:rsid w:val="00C541B9"/>
     <w:rsid w:val="00C906E5"/>
     <w:rsid w:val="00C91D7E"/>
     <w:rsid w:val="00CB3592"/>
     <w:rsid w:val="00CD2BC4"/>
     <w:rsid w:val="00CE089B"/>
     <w:rsid w:val="00CF4DA0"/>
     <w:rsid w:val="00D1233C"/>
     <w:rsid w:val="00D2167C"/>
     <w:rsid w:val="00D23B2D"/>
     <w:rsid w:val="00D366CD"/>
     <w:rsid w:val="00D63B1F"/>
     <w:rsid w:val="00D66149"/>
     <w:rsid w:val="00D71AB4"/>
     <w:rsid w:val="00D72519"/>
     <w:rsid w:val="00D934FC"/>
     <w:rsid w:val="00D96056"/>
     <w:rsid w:val="00DC665D"/>
     <w:rsid w:val="00DE05DC"/>
     <w:rsid w:val="00DF0365"/>
@@ -7919,56 +7913,55 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="9eaa0b54-ad1c-4201-b6a1-991c8e74b476" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100AC9A9F88D1104F498CE69FA0B24E1E92" ma:contentTypeVersion="14" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="b8891dee2be91fa5a5a35efbcb8c01ca">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9eaa0b54-ad1c-4201-b6a1-991c8e74b476" xmlns:ns4="09a9c1ef-9a2a-418f-9d18-e797e258c653" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ddb4d7eede1edb3e24d84313f501233" ns3:_="" ns4:_="">
     <xsd:import namespace="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
     <xsd:import namespace="09a9c1ef-9a2a-418f-9d18-e797e258c653"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -8155,100 +8148,101 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E6C9AC8-F6FD-41E4-B8EE-4D5A03825E72}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{842726F3-C089-4584-BAE0-0518A9B9C983}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A75F05CA-139D-4AFD-8537-9F2957A1B2B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
     <ds:schemaRef ds:uri="09a9c1ef-9a2a-418f-9d18-e797e258c653"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{842726F3-C089-4584-BAE0-0518A9B9C983}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E6C9AC8-F6FD-41E4-B8EE-4D5A03825E72}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFB952D6-8881-40E1-BD78-2D79E0C2A51A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02A3FB4C-7B86-48A8-AE54-14B22799BDC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1408</Words>
   <Characters>7607</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>