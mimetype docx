--- v0 (2025-12-05)
+++ v1 (2026-02-15)
@@ -1051,51 +1051,56 @@
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B438EB4" w14:textId="77777777" w:rsidR="00D71AB4" w:rsidRDefault="00D71AB4" w:rsidP="000F48DB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="341AF9A1" w14:textId="555ABC45" w:rsidR="00A96A0F" w:rsidRDefault="000F48DB" w:rsidP="005400E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="000D6A31">
-        <w:t>Recomenda-se que o trabalho tenha entre 15 e 30 páginas</w:t>
+        <w:t>Recomenda-se que o trabalho tenha entre</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="000D6A31">
+        <w:t xml:space="preserve"> 15 e 30 páginas</w:t>
       </w:r>
       <w:r w:rsidR="005145A5">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:t xml:space="preserve"> compreendendo introdução, desenvolvimento, </w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C">
         <w:t>considerações finais</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:t xml:space="preserve"> (não necessariamente com esses títulos) e uma lista de referências bibliográficas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A35C8E" w14:textId="5CE8C60F" w:rsidR="0002504C" w:rsidRPr="000D6A31" w:rsidRDefault="00AF1F0E" w:rsidP="000F48DB">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -1202,93 +1207,93 @@
       </w:r>
       <w:r w:rsidRPr="005400E7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> entre</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> os parágrafos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2117A01D" w14:textId="0B137449" w:rsidR="005E6F67" w:rsidRDefault="005E6F67" w:rsidP="005E6F67">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk140075901"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk140075901"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palavras estrangeiras devem ser grafadas em itálico.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Para ênfase ou destaque</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> usar negrito</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="2266306F" w14:textId="540676A7" w:rsidR="005E6F67" w:rsidRPr="000D6A31" w:rsidRDefault="005E6F67" w:rsidP="005E6F67">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="000D6A31">
         <w:t>As citações diretas</w:t>
       </w:r>
       <w:r w:rsidR="00C91D7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:t>de até 3 linhas devem estar contidas entre aspas duplas (“”), conforme segue: “transcrição do texto de no máximo 3 linhas. Transcrição do texto de no máximo 3 linhas. Transcrição do texto de no máximo 3 linhas. Transcrição do texto de no máximo 3 linhas”</w:t>
       </w:r>
       <w:r w:rsidR="0070523F">
         <w:t xml:space="preserve"> (S</w:t>
       </w:r>
       <w:r w:rsidR="002F599F">
         <w:t>ilva</w:t>
       </w:r>
       <w:r w:rsidR="0070523F">
         <w:t>, 2005, p.44)</w:t>
       </w:r>
@@ -1593,108 +1598,108 @@
     </w:p>
     <w:p w14:paraId="0D4154BF" w14:textId="42E075F2" w:rsidR="00F81AA5" w:rsidRPr="00CF4DA0" w:rsidRDefault="00F81AA5" w:rsidP="00985AAA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D366CD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para maiores esclarecimentos, consultar as seguintes normas da Associação Brasileira de Normas Técnicas (ABNT):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5CE70D" w14:textId="38CD5EEB" w:rsidR="00F81AA5" w:rsidRDefault="004C0805" w:rsidP="00F81AA5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk140248724"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk140248724"/>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00F81AA5">
         <w:t xml:space="preserve">BR 6022:2018 </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00F81AA5">
         <w:t>- Informação e documentação – Artigo em publicação periódica técnica e/ou científica – Apresentação;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D189205" w14:textId="77777777" w:rsidR="00F81AA5" w:rsidRDefault="00F81AA5" w:rsidP="00F81AA5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>NBR 6023:2018 - Informação e documentação – Referências – Elaboração;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A6C1C6" w14:textId="77777777" w:rsidR="00F81AA5" w:rsidRDefault="00F81AA5" w:rsidP="00F81AA5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk140248759"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk140248759"/>
       <w:r>
         <w:t xml:space="preserve">NBR 6024:2012 </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>- Informação e documentação – Numeração progressiva das seções de um documento escrito – Apresentação;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D3A295" w14:textId="77777777" w:rsidR="00A20B82" w:rsidRPr="00A20B82" w:rsidRDefault="00F81AA5" w:rsidP="00F81AA5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk140248836"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk140248836"/>
       <w:r>
         <w:t xml:space="preserve">NBR 6028:2021 </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">- Informação e documentação – Resumo, resenha e recensão –Apresentação; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6B3BB2" w14:textId="212FE792" w:rsidR="00F81AA5" w:rsidRPr="00A20B82" w:rsidRDefault="00F81AA5" w:rsidP="00F81AA5">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>NBR 10520:20</w:t>
       </w:r>
       <w:r w:rsidR="002F599F">
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Informação e documentação - Citações em documentos – Apresentação;</w:t>
       </w:r>
@@ -2221,51 +2226,50 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9C125C" w14:textId="77777777" w:rsidR="00AA1C4C" w:rsidRDefault="00AA1C4C" w:rsidP="00AA1C4C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50485488" w14:textId="291E675E" w:rsidR="00AA1C4C" w:rsidRPr="000D6A31" w:rsidRDefault="00AF1F0E" w:rsidP="00CF705F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REFERÊNCIAS</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C" w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C" w:rsidRPr="00DE05DC">
@@ -2311,51 +2315,50 @@
         </w:rPr>
         <w:t>12 pts, sem numeração</w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r w:rsidR="00CF705F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>centralizado</w:t>
       </w:r>
       <w:r w:rsidR="00AA1C4C" w:rsidRPr="000D6A31">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="7B5F42D5" w14:textId="77777777" w:rsidR="00AA1C4C" w:rsidRDefault="00AA1C4C" w:rsidP="00AA1C4C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78CFB4F6" w14:textId="3CD0B6AA" w:rsidR="00AA1C4C" w:rsidRDefault="00FF2352" w:rsidP="00D1233C">
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA2B69">
         <w:t xml:space="preserve">Deverão ser apresentadas apenas as referências </w:t>
       </w:r>
       <w:r w:rsidR="003718D6">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2B69">
         <w:t xml:space="preserve"> obras mencionadas no trabalho, em ordem alfabética por sobrenome do autor, espaçamento simples</w:t>
       </w:r>
       <w:r w:rsidR="00F912B9">
         <w:t xml:space="preserve"> entre linhas</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2B69">
         <w:t>, sem recuo, alinhadas à margem esquerda do texto, com um espaço simples entre cada referência</w:t>
       </w:r>
       <w:r w:rsidR="006543DA">
@@ -4266,61 +4269,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0002504C" w:rsidRPr="00A6057E" w:rsidSect="00845733">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="426" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33521D9E" w14:textId="77777777" w:rsidR="003931BA" w:rsidRDefault="003931BA">
+    <w:p w14:paraId="0FD4BDD1" w14:textId="77777777" w:rsidR="00214387" w:rsidRDefault="00214387">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC2B74A" w14:textId="77777777" w:rsidR="003931BA" w:rsidRDefault="003931BA">
+    <w:p w14:paraId="01920C4E" w14:textId="77777777" w:rsidR="00214387" w:rsidRDefault="00214387">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4394,126 +4397,126 @@
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4A22FBD8" w14:textId="506904FE" w:rsidR="003F4530" w:rsidRDefault="003F4530" w:rsidP="003F4530">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C66DF75" w14:textId="429ADC19" w:rsidR="00726260" w:rsidRPr="003F4530" w:rsidRDefault="003F4530" w:rsidP="003F4530">
+  <w:p w14:paraId="3C66DF75" w14:textId="52B9C3CE" w:rsidR="00726260" w:rsidRPr="003F4530" w:rsidRDefault="003F4530" w:rsidP="003F4530">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Direito em Movimento,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidRPr="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2238-7110</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r w:rsidR="00A2689C">
-[...4 lines deleted...]
-      <w:t>3</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -4536,51 +4539,51 @@
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4297138F" w14:textId="77777777" w:rsidR="0002504C" w:rsidRDefault="0002504C">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="38D62D4A" w14:textId="29B90FB2" w:rsidR="0002504C" w:rsidRDefault="00CE089B" w:rsidP="00CE089B">
+  <w:p w14:paraId="38D62D4A" w14:textId="52334505" w:rsidR="0002504C" w:rsidRDefault="00CE089B" w:rsidP="00CE089B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:highlight w:val="white"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -4593,86 +4596,86 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2238-7110</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r w:rsidR="00A2689C">
-[...4 lines deleted...]
-      <w:t>3</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00064E7B">
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -4960,51 +4963,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="240A3EAC" w14:textId="68B7D5E7" w:rsidR="005C72D6" w:rsidRPr="00F53384" w:rsidRDefault="005C72D6" w:rsidP="00CB3592">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="35180929" w14:textId="4CE325A7" w:rsidR="00845733" w:rsidRPr="00866D1B" w:rsidRDefault="00CE089B" w:rsidP="00274772">
+  <w:p w14:paraId="35180929" w14:textId="30639F69" w:rsidR="00845733" w:rsidRPr="00866D1B" w:rsidRDefault="00CE089B" w:rsidP="00274772">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="center" w:pos="5387"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -5018,86 +5021,86 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> ISSN: </w:t>
     </w:r>
     <w:r w:rsidR="00064E7B" w:rsidRPr="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2238-7110</w:t>
     </w:r>
     <w:r w:rsidR="00064E7B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rio de Janeiro, v. 2</w:t>
     </w:r>
-    <w:r w:rsidR="00A2689C">
-[...4 lines deleted...]
-      <w:t>3</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>exxx</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>, p. 1-x, 202</w:t>
     </w:r>
-    <w:r w:rsidR="00064E7B">
-[...4 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="004C7F6F">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00845733" w:rsidRPr="00866D1B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00DC665D">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -5118,61 +5121,61 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00CE089B">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79E748E8" w14:textId="77777777" w:rsidR="003931BA" w:rsidRDefault="003931BA">
+    <w:p w14:paraId="4B9F1461" w14:textId="77777777" w:rsidR="00214387" w:rsidRDefault="00214387">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EDB9F0B" w14:textId="77777777" w:rsidR="003931BA" w:rsidRDefault="003931BA">
+    <w:p w14:paraId="44146848" w14:textId="77777777" w:rsidR="00214387" w:rsidRDefault="00214387">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="57531388" w14:textId="15BB73DB" w:rsidR="005400E7" w:rsidRDefault="005400E7" w:rsidP="005400E7">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005400E7">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Titulações acadêmicas, começando pela mais elevada, vínculo acadêmico/profissional. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk157520386"/>
       <w:r w:rsidRPr="005400E7">
@@ -6234,77 +6237,79 @@
     <w:rsid w:val="0002504C"/>
     <w:rsid w:val="000611B8"/>
     <w:rsid w:val="000613DB"/>
     <w:rsid w:val="00064E7B"/>
     <w:rsid w:val="00074510"/>
     <w:rsid w:val="00076ABD"/>
     <w:rsid w:val="00095062"/>
     <w:rsid w:val="00097873"/>
     <w:rsid w:val="000C1055"/>
     <w:rsid w:val="000C18F9"/>
     <w:rsid w:val="000C6C28"/>
     <w:rsid w:val="000D56AF"/>
     <w:rsid w:val="000D6A31"/>
     <w:rsid w:val="000D7F3A"/>
     <w:rsid w:val="000E1418"/>
     <w:rsid w:val="000F48DB"/>
     <w:rsid w:val="00110FC0"/>
     <w:rsid w:val="00134AF7"/>
     <w:rsid w:val="00145FE9"/>
     <w:rsid w:val="00176035"/>
     <w:rsid w:val="00184432"/>
     <w:rsid w:val="001952AF"/>
     <w:rsid w:val="0019538A"/>
     <w:rsid w:val="00197D07"/>
     <w:rsid w:val="001D1D24"/>
+    <w:rsid w:val="00214387"/>
     <w:rsid w:val="00233BC1"/>
     <w:rsid w:val="002375B0"/>
     <w:rsid w:val="00261270"/>
     <w:rsid w:val="0026487C"/>
     <w:rsid w:val="00274772"/>
     <w:rsid w:val="00295EB5"/>
     <w:rsid w:val="002C2953"/>
     <w:rsid w:val="002C6B0A"/>
     <w:rsid w:val="002D122F"/>
     <w:rsid w:val="002D6FBB"/>
     <w:rsid w:val="002E647B"/>
     <w:rsid w:val="002F12D0"/>
     <w:rsid w:val="002F599F"/>
     <w:rsid w:val="00301981"/>
     <w:rsid w:val="003121B0"/>
     <w:rsid w:val="00364932"/>
     <w:rsid w:val="003718D6"/>
     <w:rsid w:val="00373576"/>
     <w:rsid w:val="003931BA"/>
     <w:rsid w:val="003B2C2F"/>
     <w:rsid w:val="003E077C"/>
     <w:rsid w:val="003E6BB7"/>
     <w:rsid w:val="003E71C6"/>
     <w:rsid w:val="003F09A3"/>
     <w:rsid w:val="003F4530"/>
     <w:rsid w:val="004015FA"/>
     <w:rsid w:val="004C0805"/>
+    <w:rsid w:val="004C7F6F"/>
     <w:rsid w:val="004E637E"/>
     <w:rsid w:val="005145A5"/>
     <w:rsid w:val="005171B6"/>
     <w:rsid w:val="00525F1A"/>
     <w:rsid w:val="005400E7"/>
     <w:rsid w:val="00540279"/>
     <w:rsid w:val="005A6585"/>
     <w:rsid w:val="005C72D6"/>
     <w:rsid w:val="005D7471"/>
     <w:rsid w:val="005E6F67"/>
     <w:rsid w:val="006159DA"/>
     <w:rsid w:val="00623085"/>
     <w:rsid w:val="00625811"/>
     <w:rsid w:val="006543DA"/>
     <w:rsid w:val="00664577"/>
     <w:rsid w:val="006C245A"/>
     <w:rsid w:val="006E655E"/>
     <w:rsid w:val="0070523F"/>
     <w:rsid w:val="00721E91"/>
     <w:rsid w:val="00726260"/>
     <w:rsid w:val="00764975"/>
     <w:rsid w:val="00784779"/>
     <w:rsid w:val="00797A69"/>
     <w:rsid w:val="007B1FD3"/>
     <w:rsid w:val="007C3E4D"/>
@@ -7796,67 +7801,50 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100AC9A9F88D1104F498CE69FA0B24E1E92" ma:contentTypeVersion="14" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="b8891dee2be91fa5a5a35efbcb8c01ca">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9eaa0b54-ad1c-4201-b6a1-991c8e74b476" xmlns:ns4="09a9c1ef-9a2a-418f-9d18-e797e258c653" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ddb4d7eede1edb3e24d84313f501233" ns3:_="" ns4:_="">
     <xsd:import namespace="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
     <xsd:import namespace="09a9c1ef-9a2a-418f-9d18-e797e258c653"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
               </xsd:all>
@@ -8039,93 +8027,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="9eaa0b54-ad1c-4201-b6a1-991c8e74b476" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E6C9AC8-F6FD-41E4-B8EE-4D5A03825E72}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A75F05CA-139D-4AFD-8537-9F2957A1B2B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
     <ds:schemaRef ds:uri="09a9c1ef-9a2a-418f-9d18-e797e258c653"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{842726F3-C089-4584-BAE0-0518A9B9C983}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9eaa0b54-ad1c-4201-b6a1-991c8e74b476"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E6C9AC8-F6FD-41E4-B8EE-4D5A03825E72}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5F836B3-8187-4E2D-BD2F-8CE3CB1D05F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D55EC957-4FF0-47A7-95BD-740D84D927AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1408</Words>
   <Characters>7605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>